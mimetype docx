--- v0 (2025-10-30)
+++ v1 (2026-02-16)
@@ -1,863 +1,578 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0FE73445" w14:textId="77777777" w:rsidR="00F85AE0" w:rsidRDefault="00000000">
-[...3 lines deleted...]
-          <w:rFonts w:cs="Aptos"/>
+    <w:p w14:paraId="37E56532" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00006474" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-          <w:rFonts w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Aptos"/>
+      <w:r w:rsidRPr="00006474">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Aptos"/>
+        <w:t>MIEMBROS DEL TRIBUNAL EXAMINADOR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7668113E" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00006474" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00F1D303" w14:textId="139E6EDD" w:rsidR="00F85AE0" w:rsidRDefault="00000000">
-[...22 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="116A6ED0" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00D072E8" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B29DBA2" w14:textId="77777777" w:rsidR="00F515EB" w:rsidRPr="00D072E8" w:rsidRDefault="00F515EB" w:rsidP="00F515EB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00882ABC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7FAC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Dr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00882ABC" w:rsidRPr="00882ABC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Randall Gutiérrez Vargas </w:t>
+      </w:r>
+      <w:r w:rsidR="007F6AF3" w:rsidRPr="00882ABC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00882ABC" w:rsidRPr="00882ABC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Dra. Damaris Castro García</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00882ABC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F6AF3" w:rsidRPr="00882ABC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="003405B1" w:rsidRPr="003405B1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B81839" w:rsidRPr="00B81839">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>M.Sc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B81839" w:rsidRPr="00B81839">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Silvia Argüello Vargas</w:t>
+      </w:r>
+      <w:r w:rsidR="00882ABC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00882ABC" w:rsidRPr="00882ABC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dr. José Vega Baudrit </w:t>
+      </w:r>
+      <w:r w:rsidR="007F6AF3" w:rsidRPr="00882ABC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00882ABC">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Dr. Greivin Rodríguez Calderón/</w:t>
+      </w:r>
+      <w:r w:rsidR="00882ABC" w:rsidRPr="00882ABC">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00882ABC">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Dra. Rocío Castillo Cedeño</w:t>
       </w:r>
-      <w:r w:rsidR="006D661E">
-[...91 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00882ABC">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5838BE5B" w14:textId="77777777" w:rsidR="00F85AE0" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="4FDBA6EC" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81839">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Representante del Consejo Central de Posgrado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13EB7F9B" w14:textId="77777777" w:rsidR="00F85AE0" w:rsidRDefault="00F85AE0">
-[...62 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="389F9A1B" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DE7C6A3" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FBC4A56" w14:textId="77777777" w:rsidR="00F515EB" w:rsidRPr="00B81839" w:rsidRDefault="00F515EB" w:rsidP="00B81839">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81839">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>[nombre completo]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59FBA142" w14:textId="77777777" w:rsidR="00F85AE0" w:rsidRDefault="00000000">
-[...82 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="157C8708" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00B81839">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81839">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Coordinador del posgrado o su representante</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655503D0" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09802E76" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15832DED" w14:textId="77777777" w:rsidR="00107E31" w:rsidRPr="00B81839" w:rsidRDefault="00107E31" w:rsidP="00B81839">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81839">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>[nombre completo]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699635A3" w14:textId="77777777" w:rsidR="00F85AE0" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="64859465" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00B81839">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81839">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Tutor de tesis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4294A893" w14:textId="77777777" w:rsidR="00F85AE0" w:rsidRDefault="00F85AE0">
-[...62 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="739AC27A" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1323AFB8" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B18E0D0" w14:textId="77777777" w:rsidR="00107E31" w:rsidRPr="00B81839" w:rsidRDefault="00107E31" w:rsidP="00B81839">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81839">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>[nombre completo]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A9AADC" w14:textId="77777777" w:rsidR="00F85AE0" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="64756387" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00B81839">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81839">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Miembro del Comité Asesor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D0CB0C2" w14:textId="77777777" w:rsidR="00F85AE0" w:rsidRDefault="00F85AE0">
-[...62 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="06781554" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47D6DE7A" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1921D98C" w14:textId="77777777" w:rsidR="00107E31" w:rsidRPr="00B81839" w:rsidRDefault="00107E31" w:rsidP="00B81839">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81839">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>[nombre completo]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A7F933" w14:textId="77777777" w:rsidR="00F85AE0" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="42A38090" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00B81839">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81839">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Miembro del Comité Asesor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="210FCBF5" w14:textId="77777777" w:rsidR="00F85AE0" w:rsidRDefault="00F85AE0">
-[...62 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="1587F0B4" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B29DB72" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00006474">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FD464C7" w14:textId="77777777" w:rsidR="00107E31" w:rsidRPr="00B81839" w:rsidRDefault="00107E31" w:rsidP="00B81839">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81839">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>[nombre completo]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E63C22" w14:textId="77777777" w:rsidR="00F85AE0" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="022B0143" w14:textId="77777777" w:rsidR="00006474" w:rsidRPr="00B81839" w:rsidRDefault="00006474" w:rsidP="00B81839">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81839">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Sustentante</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529DAB62" w14:textId="77777777" w:rsidR="00F85AE0" w:rsidRDefault="00F85AE0">
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="00F85AE0">
+    <w:sectPr w:rsidR="00006474" w:rsidRPr="00B81839">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Aptos">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
-</file>
-[...26 lines deleted...]
-</w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
-  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F85AE0"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00F85AE0"/>
+    <w:rsidRoot w:val="00356138"/>
+    <w:rsid w:val="00006474"/>
+    <w:rsid w:val="000D0ED0"/>
+    <w:rsid w:val="00107E31"/>
+    <w:rsid w:val="001A477E"/>
+    <w:rsid w:val="00282D47"/>
+    <w:rsid w:val="00292794"/>
+    <w:rsid w:val="002E2F7A"/>
+    <w:rsid w:val="003405B1"/>
+    <w:rsid w:val="00355AA8"/>
+    <w:rsid w:val="00356138"/>
+    <w:rsid w:val="00372F4B"/>
+    <w:rsid w:val="00420DF8"/>
+    <w:rsid w:val="00474EE0"/>
+    <w:rsid w:val="006E5A71"/>
+    <w:rsid w:val="007140A5"/>
+    <w:rsid w:val="00760875"/>
+    <w:rsid w:val="007624BE"/>
+    <w:rsid w:val="007F6AF3"/>
+    <w:rsid w:val="008254CA"/>
+    <w:rsid w:val="00882ABC"/>
+    <w:rsid w:val="0092475D"/>
+    <w:rsid w:val="00A55E33"/>
+    <w:rsid w:val="00A62925"/>
+    <w:rsid w:val="00B402A5"/>
+    <w:rsid w:val="00B81839"/>
+    <w:rsid w:val="00B9242A"/>
+    <w:rsid w:val="00CC6FF2"/>
+    <w:rsid w:val="00D072E8"/>
+    <w:rsid w:val="00D349B4"/>
+    <w:rsid w:val="00ED7FAC"/>
+    <w:rsid w:val="00F515EB"/>
+    <w:rsid w:val="00FF2A66"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-CR"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3D7F3C97"/>
-  <w15:docId w15:val="{B005B895-0EE3-49F1-B14B-88494418A622}"/>
+  <w14:docId w14:val="5E9C2F4A"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{F82E1106-1674-48E1-B021-F5006CA95A59}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:lang w:val="es-CR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...4 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1197,473 +912,132 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-CR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B402A5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="3" w:line="265" w:lineRule="auto"/>
+      <w:ind w:left="48" w:hanging="10"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulo1">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00B402A5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
-[...363 lines deleted...]
-      <w:spacing w:val="5"/>
+      <w:rFonts w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:relyOnVML/>
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1942,68 +1316,69 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>62</Words>
-  <Characters>400</Characters>
+  <Words>71</Words>
+  <Characters>406</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>446</CharactersWithSpaces>
+  <CharactersWithSpaces>476</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>KEISY BRENES SANCHEZ</dc:creator>
+  <dc:creator>UNA</dc:creator>
+  <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>